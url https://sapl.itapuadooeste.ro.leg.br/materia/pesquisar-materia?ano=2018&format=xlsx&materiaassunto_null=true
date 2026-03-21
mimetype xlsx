--- v0 (2025-12-11)
+++ v1 (2026-03-21)
@@ -51,516 +51,516 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>i</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dejesus Aparecido Ramos</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/1/indicacao_no_001-18_gab-dar.pdf</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/1/indicacao_no_001-18_gab-dar.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo de aumento da altura do aterro do Igarapé conhecido por Lagoa Preta.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Itapuã do Oeste - PMIO</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/3/projeto_no_001-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/3/projeto_no_001-2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial no orçamento de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei_no_002-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei_no_002-2018.docx</t>
   </si>
   <si>
     <t>Institui o fundo municipal de educação e dá outras providências.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei_complementar_n003-2018.doc</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei_complementar_n003-2018.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do sistema de controle interno no município de Itapuã do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei_no_004-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei_no_004-2018.docx</t>
   </si>
   <si>
     <t>Institui o programa de incentivo ao estágio no âmbito da administração direta e indireta municipal e dá outras providências.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei_no_005-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei_no_005-2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/10/projeto_de_lei_no006-2018.pdf</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/10/projeto_de_lei_no006-2018.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/11/projeto_de_lei_no_007-2018.pdf</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/11/projeto_de_lei_no_007-2018.pdf</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei_no_008-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei_no_008-2018.docx</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/13/projeto_de_lei_no_009-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/13/projeto_de_lei_no_009-2018.docx</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei_no_010-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei_no_010-2018.docx</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei_n_011-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei_n_011-2018.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_no_012-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_no_012-2018.docx</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_no_013-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_no_013-2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre isenção de impostos e taxas no âmbito do município e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_no_014-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_no_014-2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias e passagens no âmbito da administração pública no município de Itapuã do Oeste – RO.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei_no_015-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei_no_015-2018.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial e da outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_complementar_no016-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_complementar_no016-2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre alteração parcial da lei complementar nº 132/2015, que versa  sobre a Estrutura Político-Administrativa e Organizacional de Cargos Comissionados e/ou Funções de Confiança da Prefeitura Municipal de ITAPUÃ DO OESTE e dá outras providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/21/projeto_de_lei_no_017-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/21/projeto_de_lei_no_017-2018.docx</t>
   </si>
   <si>
     <t>Dá nova redação ao § 2º do art. 1º da lei 605/17 e inclui o § 4º no art. 2º da respectiva lei e da outras providencias.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_no_018-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_no_018-2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao município de itapuã do oeste a estabelecer, firmar e celebrar termo de cooperação, com os municípios limítrofes visando à melhoria da infraestrutura das estradas rurais e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/24/projeto_de_lei_n_019-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/24/projeto_de_lei_n_019-2018.docx</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/25/projeto_de_lei_no_020-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/25/projeto_de_lei_no_020-2018.docx</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/26/projeto_de_lei_no_021-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/26/projeto_de_lei_no_021-2018.docx</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/27/projeto_de_lei_no_022-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/27/projeto_de_lei_no_022-2018.docx</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_n_o_023-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_n_o_023-2018.docx</t>
   </si>
   <si>
     <t>Dispõe Sobre Autorização Ao Poder Executivo Municipal De Itapuã Do Oeste A Fornecer De Forma Gratuita, Material De Revestimento Primário Como; Terra, Cascalho Dentre Outros Materiais Similares Aos Munícipes Hipossuficiente E Dá Outras Providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_no_024-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_no_024-2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre correção de funcionais programáticas através de abertura de crédito adicional especial no orçamento de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_no_025-2018.doc</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_no_025-2018.doc</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de_lei_complementar_no_026-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de_lei_complementar_no_026-2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre alteração parcial da lei complementar nº 132/2015, que versa sobre a estrutura político-administrativa e organizacional de cargos comissionados e/ou funções de confiança da prefeitura municipal de Itapuã do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/33/029.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/33/029.docx</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/34/pl28.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/34/pl28.docx</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/35/projeto_de_lei_no_029-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/35/projeto_de_lei_no_029-2018.docx</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/36/projeto_de_lei_ordinaria_-_proafem_-_2018_1_-_copia.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/36/projeto_de_lei_ordinaria_-_proafem_-_2018_1_-_copia.docx</t>
   </si>
   <si>
     <t>Institui o programa de apoio financeiro às escolas públicas municipais de Itapuã do Oeste – PROAFEM, e da outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/37/32-projeto.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/37/32-projeto.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional suplementar e dá outras providencias.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/38/projeto_33.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/38/projeto_33.docx</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/40/projeto_no_034-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/40/projeto_no_034-18.docx</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/41/projeto_de_lei_no_035-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/41/projeto_de_lei_no_035-18.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial e dá outras providencias.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/42/projeto_no_036-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/42/projeto_no_036-18.docx</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/43/projeto_no_037-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/43/projeto_no_037-18.docx</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/44/projeto_de_lei_no_038-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/44/projeto_de_lei_no_038-18.docx</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/45/projeto_de_lei_no_039-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/45/projeto_de_lei_no_039-18.docx</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/46/projeto_de_lei_no_040-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/46/projeto_de_lei_no_040-18.docx</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/47/projeto_de_lei_no_041-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/47/projeto_de_lei_no_041-2018.docx</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/48/projeto_de_lei_no_042-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/48/projeto_de_lei_no_042-2018.docx</t>
   </si>
   <si>
     <t>Altera a redação da lei nº 653 de 04 de julho de 2018 que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/49/projeto_de_lei_municipal_no_00000_-_loa_-_2019.doc</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/49/projeto_de_lei_municipal_no_00000_-_loa_-_2019.doc</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Itapuã do Oeste para o exercício financeiro de 2019 e da outras providências.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/51/projeto_de_lei_no_044-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/51/projeto_de_lei_no_044-18.docx</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/52/51.pdf</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/52/51.pdf</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/53/projeto_de_lei_contratacao_emergencial._2017_-_saude_001.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/53/projeto_de_lei_contratacao_emergencial._2017_-_saude_001.docx</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Art. 5º e parágrafo único  da lei municipal n° 600/2017 de 10 de fevereiro de 2017, que trata da contratação de prestação de serviço autônomo de profissional médico em regime de plantão, no hospital municipal e nas unidades básicas de saúde do município, em regime emergencial por excepcional interesse publico, e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/54/_projeto_de_lei_contratacao_emergencial._2017.._-_copia.doc</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/54/_projeto_de_lei_contratacao_emergencial._2017.._-_copia.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar contratação temporária de Profissionais para atender às necessidades emergenciais das Secretarias Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/55/projeto_de_lei_no_048-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/55/projeto_de_lei_no_048-18.docx</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/56/projeto_de_lei_no_049-18.doc</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/56/projeto_de_lei_no_049-18.doc</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da lei 632/2017 que dispõe sobre o ITBI imposto sobre Transmissão Inter vivos por ato oneroso no âmbito do Município e dá outras providências.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei_no_050-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei_no_050-18.docx</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da lei 636/2017 que dispõe sobre o ISSqn Impostos sobre serviços de qualquer natureza no âmbito do Município e dá outras providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei_no_051-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei_no_051-18.docx</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da lei 638/2017 que dispõe sobre Tratamento Diferenciado para micro e pequena empresa no âmbito do Município e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_no_052-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_no_052-18.docx</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da lei 639/2017 que dispõe sobre taxas municipais no âmbito do Município e dá outras providências.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/60/projeto_de_lei_no_053-18.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/60/projeto_de_lei_no_053-18.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Corregedoria e Ouvidoria no âmbito do município de Itapuã do Oeste RO e dá outras providencias.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Itamar José Felix</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_decreto_legislativo_no_001-2018.docx</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_decreto_legislativo_no_001-2018.docx</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário itapuense ao senhor pr. Isaias de Oliveira.</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_decreto_legisl02-18-contas2016-joaotesta.doc</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_decreto_legisl02-18-contas2016-joaotesta.doc</t>
   </si>
   <si>
     <t>Aprecia e julga as Contas do Município de Itapuã do Oeste-RO exercício 2016 sob a responsabilidade do Senhor João Adalberto Testa - Prefeito do Municipal; Robson Almeida de Oliveira controlador interno do Município; e Marcles Marques de Oliveira contador do Município e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>Regimento Interno</t>
   </si>
   <si>
-    <t>https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/418/regimento_interno_atual_atualizado_14.11.2018.pdf</t>
+    <t>http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/418/regimento_interno_atual_atualizado_14.11.2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITAPUÃ DO OESTE/RO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -867,68 +867,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/1/indicacao_no_001-18_gab-dar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/3/projeto_no_001-2018.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei_no_002-2018.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei_complementar_n003-2018.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei_no_004-2018.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei_no_005-2018.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/10/projeto_de_lei_no006-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/11/projeto_de_lei_no_007-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei_no_008-2018.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/13/projeto_de_lei_no_009-2018.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei_no_010-2018.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei_n_011-2018.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_no_012-2018.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_no_013-2018.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_no_014-2018.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei_no_015-2018.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_complementar_no016-2018.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/21/projeto_de_lei_no_017-2018.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_no_018-2018.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/24/projeto_de_lei_n_019-2018.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/25/projeto_de_lei_no_020-2018.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/26/projeto_de_lei_no_021-2018.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/27/projeto_de_lei_no_022-2018.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_n_o_023-2018.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_no_024-2018.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_no_025-2018.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de_lei_complementar_no_026-2018.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/33/029.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/34/pl28.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/35/projeto_de_lei_no_029-2018.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/36/projeto_de_lei_ordinaria_-_proafem_-_2018_1_-_copia.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/37/32-projeto.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/38/projeto_33.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/40/projeto_no_034-18.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/41/projeto_de_lei_no_035-18.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/42/projeto_no_036-18.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/43/projeto_no_037-18.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/44/projeto_de_lei_no_038-18.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/45/projeto_de_lei_no_039-18.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/46/projeto_de_lei_no_040-18.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/47/projeto_de_lei_no_041-2018.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/48/projeto_de_lei_no_042-2018.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/49/projeto_de_lei_municipal_no_00000_-_loa_-_2019.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/51/projeto_de_lei_no_044-18.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/52/51.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/53/projeto_de_lei_contratacao_emergencial._2017_-_saude_001.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/54/_projeto_de_lei_contratacao_emergencial._2017.._-_copia.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/55/projeto_de_lei_no_048-18.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/56/projeto_de_lei_no_049-18.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei_no_050-18.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei_no_051-18.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_no_052-18.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/60/projeto_de_lei_no_053-18.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_decreto_legislativo_no_001-2018.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_decreto_legisl02-18-contas2016-joaotesta.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/418/regimento_interno_atual_atualizado_14.11.2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/1/indicacao_no_001-18_gab-dar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/3/projeto_no_001-2018.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei_no_002-2018.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei_complementar_n003-2018.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei_no_004-2018.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei_no_005-2018.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/10/projeto_de_lei_no006-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/11/projeto_de_lei_no_007-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei_no_008-2018.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/13/projeto_de_lei_no_009-2018.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei_no_010-2018.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei_n_011-2018.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_no_012-2018.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_no_013-2018.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_no_014-2018.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei_no_015-2018.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_complementar_no016-2018.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/21/projeto_de_lei_no_017-2018.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_no_018-2018.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/24/projeto_de_lei_n_019-2018.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/25/projeto_de_lei_no_020-2018.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/26/projeto_de_lei_no_021-2018.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/27/projeto_de_lei_no_022-2018.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_n_o_023-2018.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_no_024-2018.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_no_025-2018.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de_lei_complementar_no_026-2018.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/33/029.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/34/pl28.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/35/projeto_de_lei_no_029-2018.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/36/projeto_de_lei_ordinaria_-_proafem_-_2018_1_-_copia.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/37/32-projeto.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/38/projeto_33.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/40/projeto_no_034-18.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/41/projeto_de_lei_no_035-18.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/42/projeto_no_036-18.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/43/projeto_no_037-18.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/44/projeto_de_lei_no_038-18.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/45/projeto_de_lei_no_039-18.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/46/projeto_de_lei_no_040-18.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/47/projeto_de_lei_no_041-2018.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/48/projeto_de_lei_no_042-2018.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/49/projeto_de_lei_municipal_no_00000_-_loa_-_2019.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/51/projeto_de_lei_no_044-18.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/52/51.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/53/projeto_de_lei_contratacao_emergencial._2017_-_saude_001.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/54/_projeto_de_lei_contratacao_emergencial._2017.._-_copia.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/55/projeto_de_lei_no_048-18.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/56/projeto_de_lei_no_049-18.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei_no_050-18.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei_no_051-18.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_no_052-18.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/60/projeto_de_lei_no_053-18.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_decreto_legislativo_no_001-2018.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_decreto_legisl02-18-contas2016-joaotesta.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapuadooeste.ro.leg.br/media/sapl/public/materialegislativa/2018/418/regimento_interno_atual_atualizado_14.11.2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>